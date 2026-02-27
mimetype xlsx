--- v0 (2025-12-24)
+++ v1 (2026-02-27)
@@ -1,86 +1,86 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="28129"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29328"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="H:\Shuttles\Spring 2025\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="H:\Shuttles\Spring 2026\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{81E4F5B4-9858-4135-80C3-3EAC39314E9B}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{B13A6CDD-A734-4441-BEE5-A3FAB109D6C5}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="3675" yWindow="2025" windowWidth="21600" windowHeight="11385" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="28680" yWindow="30" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
-    <sheet name="Spring" sheetId="1" r:id="rId1"/>
+    <sheet name="Spring 2026" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm.Print_Area" localSheetId="0">Spring!$A$1:$G$30</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="0">'Spring 2026'!$A$1:$G$23</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="11" uniqueCount="9">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="24" uniqueCount="9">
   <si>
     <t>MAIN CIRCLE</t>
   </si>
   <si>
     <t>DIEFENDORF LOOP</t>
   </si>
   <si>
     <t>SHERMAN HALL</t>
   </si>
   <si>
     <t>CLARK HALL</t>
   </si>
   <si>
     <t>MAIN-BAILEY PARK &amp; Ride</t>
   </si>
   <si>
     <t>PHARMACY AND PARKER</t>
   </si>
   <si>
     <t>HAYES HALL</t>
   </si>
   <si>
     <t>All information in this document is available at www.buffalo.edu/parking/getting-around-UB/bus/bus-schedules</t>
   </si>
   <si>
@@ -90,158 +90,188 @@
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="[$-409]h:mm\ AM/PM;@"/>
   </numFmts>
   <fonts count="3" x14ac:knownFonts="1">
     <font>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="14"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="14"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
   </fonts>
-  <fills count="6">
+  <fills count="5">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="5" tint="0.59999389629810485"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="4" tint="0.39997558519241921"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
-        <fgColor theme="1"/>
-[...4 lines deleted...]
-      <patternFill patternType="solid">
         <fgColor theme="5" tint="0.39997558519241921"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
-  <borders count="3">
+  <borders count="5">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thick">
         <color indexed="64"/>
       </left>
       <right style="thick">
         <color indexed="64"/>
       </right>
       <top style="thick">
         <color indexed="64"/>
       </top>
       <bottom style="thick">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top/>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
       <left/>
       <right/>
-      <top/>
+      <top style="thick">
+        <color indexed="64"/>
+      </top>
       <bottom style="thick">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="16">
+  <cellXfs count="18">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="90"/>
     </xf>
     <xf numFmtId="164" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="90" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="90" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment textRotation="90"/>
     </xf>
     <xf numFmtId="164" fontId="2" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="164" fontId="2" fillId="3" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="164" fontId="2" fillId="4" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
-[...2 lines deleted...]
-    <xf numFmtId="20" fontId="2" fillId="5" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="20" fontId="2" fillId="4" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="5" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="4" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="20" fontId="2" fillId="3" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="20" fontId="2" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="20" fontId="2" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="90"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
@@ -487,767 +517,702 @@
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <dimension ref="A1:G35"/>
+  <dimension ref="A1:G34"/>
   <sheetViews>
     <sheetView tabSelected="1" view="pageBreakPreview" topLeftCell="A2" zoomScale="70" zoomScaleNormal="70" zoomScaleSheetLayoutView="70" workbookViewId="0">
-      <selection activeCell="K8" sqref="K8"/>
+      <selection activeCell="E22" sqref="E22"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="8.7109375" defaultRowHeight="18" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr defaultColWidth="8.6640625" defaultRowHeight="17.399999999999999" x14ac:dyDescent="0.3"/>
   <cols>
-    <col min="1" max="1" width="13.28515625" style="1" customWidth="1"/>
-[...3 lines deleted...]
-    <col min="6" max="6" width="15.140625" style="1" customWidth="1"/>
+    <col min="1" max="1" width="13.33203125" style="1" customWidth="1"/>
+    <col min="2" max="3" width="13.5546875" style="1" customWidth="1"/>
+    <col min="4" max="4" width="13.6640625" style="1" customWidth="1"/>
+    <col min="5" max="5" width="17.88671875" style="1" customWidth="1"/>
+    <col min="6" max="6" width="15.109375" style="1" customWidth="1"/>
     <col min="7" max="7" width="15" style="1" customWidth="1"/>
-    <col min="8" max="16384" width="8.7109375" style="1"/>
+    <col min="8" max="16384" width="8.6640625" style="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:7" s="10" customFormat="1" ht="42.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="1" spans="1:7" s="10" customFormat="1" ht="42.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A1" s="15" t="s">
         <v>7</v>
       </c>
       <c r="B1" s="15"/>
       <c r="C1" s="15"/>
       <c r="D1" s="15"/>
       <c r="E1" s="15"/>
       <c r="F1" s="15"/>
       <c r="G1" s="15"/>
     </row>
-    <row r="2" spans="1:7" s="5" customFormat="1" ht="201" thickTop="1" thickBot="1" x14ac:dyDescent="0.25">
+    <row r="2" spans="1:7" s="5" customFormat="1" ht="196.2" thickTop="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A2" s="4" t="s">
         <v>0</v>
       </c>
       <c r="B2" s="2" t="s">
         <v>4</v>
       </c>
-      <c r="C2" s="2" t="s">
+      <c r="C2" s="17" t="s">
         <v>2</v>
       </c>
       <c r="D2" s="3" t="s">
         <v>1</v>
       </c>
       <c r="E2" s="4" t="s">
         <v>3</v>
       </c>
       <c r="F2" s="3" t="s">
         <v>5</v>
       </c>
       <c r="G2" s="4" t="s">
         <v>6</v>
       </c>
     </row>
-    <row r="3" spans="1:7" ht="23.1" customHeight="1" thickTop="1" x14ac:dyDescent="0.25">
-      <c r="A3" s="12">
+    <row r="3" spans="1:7" ht="23.1" customHeight="1" thickTop="1" x14ac:dyDescent="0.3">
+      <c r="A3" s="16">
         <v>0.35416666666666669</v>
       </c>
-      <c r="B3" s="12">
+      <c r="B3" s="16">
         <v>0.3576388888888889</v>
       </c>
-      <c r="C3" s="12">
+      <c r="C3" s="16">
         <v>0.35972222222222222</v>
       </c>
-      <c r="D3" s="12">
+      <c r="D3" s="16">
         <v>0.3611111111111111</v>
       </c>
-      <c r="E3" s="12">
+      <c r="E3" s="16">
         <v>0.36319444444444443</v>
       </c>
-      <c r="F3" s="12">
+      <c r="F3" s="16">
         <v>0.36458333333333331</v>
       </c>
-      <c r="G3" s="12">
+      <c r="G3" s="16">
         <v>0.36666666666666664</v>
       </c>
     </row>
-    <row r="4" spans="1:7" s="8" customFormat="1" ht="23.1" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="4" spans="1:7" s="8" customFormat="1" ht="23.1" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A4" s="14">
         <v>0.36805555555555558</v>
       </c>
       <c r="B4" s="14">
         <v>0.37152777777777779</v>
       </c>
       <c r="C4" s="14">
         <v>0.37361111111111112</v>
       </c>
       <c r="D4" s="14">
         <v>0.375</v>
       </c>
       <c r="E4" s="14">
         <v>0.37708333333333333</v>
       </c>
       <c r="F4" s="14">
         <v>0.37847222222222221</v>
       </c>
       <c r="G4" s="14">
         <v>0.38055555555555554</v>
       </c>
     </row>
-    <row r="5" spans="1:7" s="9" customFormat="1" ht="23.1" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A5" s="12">
+    <row r="5" spans="1:7" s="9" customFormat="1" ht="23.1" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A5" s="14">
         <v>0.38194444444444442</v>
       </c>
-      <c r="B5" s="12">
+      <c r="B5" s="14">
         <v>0.38541666666666669</v>
       </c>
-      <c r="C5" s="12">
+      <c r="C5" s="14">
         <v>0.38750000000000001</v>
       </c>
-      <c r="D5" s="12">
+      <c r="D5" s="14">
         <v>0.3888888888888889</v>
       </c>
-      <c r="E5" s="12">
+      <c r="E5" s="14">
         <v>0.39097222222222222</v>
       </c>
-      <c r="F5" s="12">
+      <c r="F5" s="14">
         <v>0.3923611111111111</v>
       </c>
-      <c r="G5" s="12">
+      <c r="G5" s="14">
         <v>0.39444444444444443</v>
       </c>
     </row>
-    <row r="6" spans="1:7" s="8" customFormat="1" ht="23.1" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="6" spans="1:7" s="8" customFormat="1" ht="23.1" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A6" s="14">
         <v>0.39583333333333331</v>
       </c>
       <c r="B6" s="14">
         <v>0.39930555555555558</v>
       </c>
       <c r="C6" s="14">
         <v>0.40138888888888891</v>
       </c>
       <c r="D6" s="14">
         <v>0.40277777777777779</v>
       </c>
       <c r="E6" s="14">
         <v>0.40486111111111112</v>
       </c>
       <c r="F6" s="14">
         <v>0.40625</v>
       </c>
       <c r="G6" s="14">
         <v>0.40833333333333333</v>
       </c>
     </row>
-    <row r="7" spans="1:7" s="9" customFormat="1" ht="23.1" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A7" s="12">
+    <row r="7" spans="1:7" s="9" customFormat="1" ht="23.1" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A7" s="14">
         <v>0.40972222222222221</v>
       </c>
-      <c r="B7" s="12">
+      <c r="B7" s="14">
         <v>0.41319444444444442</v>
       </c>
-      <c r="C7" s="12">
+      <c r="C7" s="14">
         <v>0.4152777777777778</v>
       </c>
-      <c r="D7" s="12">
+      <c r="D7" s="14">
         <v>0.41666666666666669</v>
       </c>
-      <c r="E7" s="12">
+      <c r="E7" s="14">
         <v>0.41875000000000001</v>
       </c>
-      <c r="F7" s="12">
+      <c r="F7" s="14">
         <v>0.4201388888888889</v>
       </c>
-      <c r="G7" s="12">
+      <c r="G7" s="14">
         <v>0.42222222222222222</v>
       </c>
     </row>
-    <row r="8" spans="1:7" s="8" customFormat="1" ht="23.1" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="8" spans="1:7" s="8" customFormat="1" ht="23.1" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A8" s="14">
         <v>0.4236111111111111</v>
       </c>
       <c r="B8" s="14">
         <v>0.42708333333333331</v>
       </c>
       <c r="C8" s="14">
         <v>0.42916666666666664</v>
       </c>
       <c r="D8" s="14">
         <v>0.43055555555555558</v>
       </c>
       <c r="E8" s="14">
         <v>0.43263888888888891</v>
       </c>
       <c r="F8" s="14">
         <v>0.43402777777777779</v>
       </c>
       <c r="G8" s="14">
         <v>0.43611111111111112</v>
       </c>
     </row>
-    <row r="9" spans="1:7" s="9" customFormat="1" ht="22.5" customHeight="1" x14ac:dyDescent="0.25">
-[...27 lines deleted...]
-      <c r="A12" s="12">
+    <row r="9" spans="1:7" s="9" customFormat="1" ht="22.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A9" s="14">
+        <v>0.4375</v>
+      </c>
+      <c r="B9" s="14">
+        <v>0.44097222222222199</v>
+      </c>
+      <c r="C9" s="14">
+        <v>0.44305555555555498</v>
+      </c>
+      <c r="D9" s="14">
+        <v>0.44444444444444398</v>
+      </c>
+      <c r="E9" s="14">
+        <v>0.44652777777777802</v>
+      </c>
+      <c r="F9" s="14">
+        <v>0.44791666666666702</v>
+      </c>
+      <c r="G9" s="14">
+        <v>0.45</v>
+      </c>
+    </row>
+    <row r="10" spans="1:7" s="8" customFormat="1" ht="23.1" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A10" s="14">
+        <v>0.45138888888888901</v>
+      </c>
+      <c r="B10" s="14">
+        <v>0.45486111111111099</v>
+      </c>
+      <c r="C10" s="14">
+        <v>0.45694444444444399</v>
+      </c>
+      <c r="D10" s="14">
+        <v>0.45833333333333298</v>
+      </c>
+      <c r="E10" s="14">
+        <v>0.46041666666666697</v>
+      </c>
+      <c r="F10" s="14">
+        <v>0.46180555555555602</v>
+      </c>
+      <c r="G10" s="14">
+        <v>0.46388888888888902</v>
+      </c>
+    </row>
+    <row r="11" spans="1:7" s="9" customFormat="1" ht="22.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A11" s="14">
+        <v>0.46527777777777801</v>
+      </c>
+      <c r="B11" s="14">
+        <v>0.46875</v>
+      </c>
+      <c r="C11" s="14">
+        <v>0.47083333333333299</v>
+      </c>
+      <c r="D11" s="14">
+        <v>0.47222222222222199</v>
+      </c>
+      <c r="E11" s="14">
+        <v>0.47430555555555598</v>
+      </c>
+      <c r="F11" s="14">
+        <v>0.47569444444444398</v>
+      </c>
+      <c r="G11" s="14">
+        <v>0.47777777777777802</v>
+      </c>
+    </row>
+    <row r="12" spans="1:7" s="9" customFormat="1" ht="22.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A12" s="14">
         <v>0.47916666666666669</v>
       </c>
-      <c r="B12" s="12">
+      <c r="B12" s="14">
         <v>0.4826388888888889</v>
       </c>
-      <c r="C12" s="12">
+      <c r="C12" s="14">
         <v>0.48472222222222222</v>
       </c>
-      <c r="D12" s="12">
+      <c r="D12" s="14">
         <v>0.4861111111111111</v>
       </c>
-      <c r="E12" s="12">
+      <c r="E12" s="14">
         <v>0.48819444444444443</v>
       </c>
-      <c r="F12" s="12">
+      <c r="F12" s="14">
         <v>0.48958333333333331</v>
       </c>
-      <c r="G12" s="12">
+      <c r="G12" s="14">
         <v>0.49166666666666664</v>
       </c>
     </row>
-    <row r="13" spans="1:7" s="9" customFormat="1" ht="22.5" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="13" spans="1:7" s="9" customFormat="1" ht="22.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A13" s="14">
         <v>0.49305555555555558</v>
       </c>
       <c r="B13" s="14">
         <v>0.49652777777777779</v>
       </c>
       <c r="C13" s="14">
         <v>0.49861111111111112</v>
       </c>
       <c r="D13" s="14">
         <v>0.5</v>
       </c>
       <c r="E13" s="14">
         <v>0.50208333333333333</v>
       </c>
       <c r="F13" s="14">
         <v>0.50347222222222221</v>
       </c>
       <c r="G13" s="14">
         <v>0.50555555555555554</v>
       </c>
     </row>
-    <row r="14" spans="1:7" s="9" customFormat="1" ht="22.5" customHeight="1" x14ac:dyDescent="0.25">
-[...30 lines deleted...]
-        <v>0.52638888888888891</v>
+    <row r="14" spans="1:7" s="9" customFormat="1" ht="22.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A14" s="14" t="s">
+        <v>8</v>
+      </c>
+      <c r="B14" s="14" t="s">
+        <v>8</v>
+      </c>
+      <c r="C14" s="14" t="s">
+        <v>8</v>
+      </c>
+      <c r="D14" s="14" t="s">
+        <v>8</v>
+      </c>
+      <c r="E14" s="14" t="s">
+        <v>8</v>
+      </c>
+      <c r="F14" s="14" t="s">
+        <v>8</v>
+      </c>
+      <c r="G14" s="14" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="15" spans="1:7" s="9" customFormat="1" ht="22.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A15" s="14" t="s">
+        <v>8</v>
+      </c>
+      <c r="B15" s="14" t="s">
+        <v>8</v>
+      </c>
+      <c r="C15" s="14" t="s">
+        <v>8</v>
       </c>
       <c r="D15" s="14">
         <v>0.52777777777777779</v>
       </c>
       <c r="E15" s="14">
         <v>0.52986111111111112</v>
       </c>
       <c r="F15" s="14">
         <v>0.53125</v>
       </c>
       <c r="G15" s="14">
         <v>0.53333333333333333</v>
       </c>
     </row>
-    <row r="16" spans="1:7" s="9" customFormat="1" ht="22.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A16" s="12">
+    <row r="16" spans="1:7" s="9" customFormat="1" ht="22.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A16" s="14">
         <v>0.53472222222222221</v>
       </c>
-      <c r="B16" s="12">
+      <c r="B16" s="14">
         <v>0.53819444444444442</v>
       </c>
-      <c r="C16" s="12">
+      <c r="C16" s="14">
         <v>0.54027777777777775</v>
       </c>
-      <c r="D16" s="12">
+      <c r="D16" s="14">
         <v>4.1666666666666664E-2</v>
       </c>
-      <c r="E16" s="12">
+      <c r="E16" s="14">
         <v>4.3749999999999997E-2</v>
       </c>
-      <c r="F16" s="12">
+      <c r="F16" s="14">
         <v>4.5138888888888888E-2</v>
       </c>
-      <c r="G16" s="12">
+      <c r="G16" s="14">
         <v>4.7222222222222221E-2</v>
       </c>
     </row>
-    <row r="17" spans="1:7" s="9" customFormat="1" ht="22.5" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="17" spans="1:7" s="9" customFormat="1" ht="22.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A17" s="14">
         <v>4.8611111111111112E-2</v>
       </c>
       <c r="B17" s="14">
         <v>5.2083333333333336E-2</v>
       </c>
       <c r="C17" s="14">
         <v>5.4166666666666669E-2</v>
       </c>
       <c r="D17" s="14">
         <v>5.5555555555555552E-2</v>
       </c>
       <c r="E17" s="14">
         <v>5.7638888888888892E-2</v>
       </c>
       <c r="F17" s="14">
         <v>5.9027777777777776E-2</v>
       </c>
       <c r="G17" s="14">
         <v>6.1111111111111109E-2</v>
       </c>
     </row>
-    <row r="18" spans="1:7" s="9" customFormat="1" ht="22.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A18" s="12">
+    <row r="18" spans="1:7" s="9" customFormat="1" ht="22.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A18" s="14">
         <v>6.25E-2</v>
       </c>
-      <c r="B18" s="12">
+      <c r="B18" s="14">
         <v>6.5972222222222224E-2</v>
       </c>
-      <c r="C18" s="12">
+      <c r="C18" s="14">
         <v>6.805555555555555E-2</v>
       </c>
-      <c r="D18" s="12">
+      <c r="D18" s="14">
         <v>6.9444444444444448E-2</v>
       </c>
-      <c r="E18" s="12">
+      <c r="E18" s="14">
         <v>7.1527777777777773E-2</v>
       </c>
-      <c r="F18" s="12">
+      <c r="F18" s="14">
         <v>7.2916666666666671E-2</v>
       </c>
-      <c r="G18" s="12">
+      <c r="G18" s="14">
         <v>7.4999999999999997E-2</v>
       </c>
     </row>
-    <row r="19" spans="1:7" s="9" customFormat="1" ht="22.5" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="19" spans="1:7" s="9" customFormat="1" ht="22.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A19" s="14">
         <v>7.6388888888888895E-2</v>
       </c>
       <c r="B19" s="14">
         <v>7.9861111111111105E-2</v>
       </c>
       <c r="C19" s="14">
         <v>8.1944444444444445E-2</v>
       </c>
       <c r="D19" s="14">
         <v>8.3333333333333329E-2</v>
       </c>
       <c r="E19" s="14">
         <v>8.5416666666666669E-2</v>
       </c>
       <c r="F19" s="14">
         <v>8.6805555555555552E-2</v>
       </c>
       <c r="G19" s="14">
         <v>8.8888888888888892E-2</v>
       </c>
     </row>
-    <row r="20" spans="1:7" s="9" customFormat="1" ht="22.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A20" s="12">
+    <row r="20" spans="1:7" s="9" customFormat="1" ht="22.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A20" s="14">
         <v>9.0277777777777776E-2</v>
       </c>
-      <c r="B20" s="12">
+      <c r="B20" s="14">
         <v>9.375E-2</v>
       </c>
-      <c r="C20" s="12">
+      <c r="C20" s="14">
         <v>9.583333333333334E-2</v>
       </c>
-      <c r="D20" s="12">
+      <c r="D20" s="14">
         <v>9.7222222222222224E-2</v>
       </c>
-      <c r="E20" s="12">
+      <c r="E20" s="14">
         <v>9.930555555555555E-2</v>
       </c>
-      <c r="F20" s="12">
+      <c r="F20" s="14">
         <v>0.10069444444444445</v>
       </c>
-      <c r="G20" s="12">
+      <c r="G20" s="14">
         <v>0.10277777777777777</v>
       </c>
     </row>
-    <row r="21" spans="1:7" s="9" customFormat="1" ht="22.5" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="21" spans="1:7" s="9" customFormat="1" ht="22.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A21" s="14">
         <v>0.10416666666666667</v>
       </c>
       <c r="B21" s="14">
         <v>0.1076388888888889</v>
       </c>
       <c r="C21" s="14">
         <v>0.10972222222222222</v>
       </c>
       <c r="D21" s="14">
         <v>0.1111111111111111</v>
       </c>
       <c r="E21" s="14">
         <v>0.11319444444444444</v>
       </c>
       <c r="F21" s="14">
         <v>0.11458333333333333</v>
       </c>
       <c r="G21" s="14">
         <v>0.11666666666666667</v>
       </c>
     </row>
-    <row r="22" spans="1:7" s="9" customFormat="1" ht="22.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A22" s="12">
+    <row r="22" spans="1:7" s="9" customFormat="1" ht="22.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A22" s="14">
         <v>0.11805555555555555</v>
       </c>
-      <c r="B22" s="12">
+      <c r="B22" s="14">
         <v>0.12152777777777778</v>
       </c>
-      <c r="C22" s="12">
+      <c r="C22" s="14">
         <v>0.12361111111111112</v>
       </c>
-      <c r="D22" s="12">
+      <c r="D22" s="14">
         <v>0.125</v>
       </c>
-      <c r="E22" s="12">
+      <c r="E22" s="14">
         <v>0.12708333333333333</v>
       </c>
-      <c r="F22" s="12">
+      <c r="F22" s="14">
         <v>0.12847222222222221</v>
       </c>
-      <c r="G22" s="12">
+      <c r="G22" s="14">
         <v>0.13055555555555556</v>
       </c>
     </row>
-    <row r="23" spans="1:7" s="9" customFormat="1" ht="22.5" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="23" spans="1:7" s="9" customFormat="1" ht="22.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A23" s="14">
         <v>0.13194444444444445</v>
       </c>
-      <c r="B23" s="14">
-[...188 lines deleted...]
-    <row r="33" spans="1:7" s="9" customFormat="1" ht="22.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B23" s="14" t="s">
+        <v>8</v>
+      </c>
+      <c r="C23" s="14" t="s">
+        <v>8</v>
+      </c>
+      <c r="D23" s="14" t="s">
+        <v>8</v>
+      </c>
+      <c r="E23" s="14" t="s">
+        <v>8</v>
+      </c>
+      <c r="F23" s="14" t="s">
+        <v>8</v>
+      </c>
+      <c r="G23" s="14" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="24" spans="1:7" s="9" customFormat="1" ht="22.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A24" s="13"/>
+      <c r="B24" s="13"/>
+      <c r="C24" s="13"/>
+      <c r="D24" s="13"/>
+      <c r="E24" s="13"/>
+      <c r="F24" s="13"/>
+      <c r="G24" s="13"/>
+    </row>
+    <row r="25" spans="1:7" s="9" customFormat="1" ht="22.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A25" s="11"/>
+      <c r="B25" s="11"/>
+      <c r="C25" s="11"/>
+      <c r="D25" s="11"/>
+      <c r="E25" s="11"/>
+      <c r="F25" s="11"/>
+      <c r="G25" s="11"/>
+    </row>
+    <row r="26" spans="1:7" s="9" customFormat="1" ht="22.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A26" s="13"/>
+      <c r="B26" s="13"/>
+      <c r="C26" s="13"/>
+      <c r="D26" s="13"/>
+      <c r="E26" s="13"/>
+      <c r="F26" s="13"/>
+      <c r="G26" s="13"/>
+    </row>
+    <row r="27" spans="1:7" s="9" customFormat="1" ht="22.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A27" s="11"/>
+      <c r="B27" s="11"/>
+      <c r="C27" s="11"/>
+      <c r="D27" s="11"/>
+      <c r="E27" s="11"/>
+      <c r="F27" s="11"/>
+      <c r="G27" s="11"/>
+    </row>
+    <row r="28" spans="1:7" s="9" customFormat="1" ht="22.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A28" s="13"/>
+      <c r="B28" s="13"/>
+      <c r="C28" s="13"/>
+      <c r="D28" s="13"/>
+      <c r="E28" s="13"/>
+      <c r="F28" s="13"/>
+      <c r="G28" s="13"/>
+    </row>
+    <row r="29" spans="1:7" s="9" customFormat="1" ht="22.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A29" s="11"/>
+      <c r="B29" s="11"/>
+      <c r="C29" s="11"/>
+      <c r="D29" s="11"/>
+      <c r="E29" s="12"/>
+      <c r="F29" s="12"/>
+      <c r="G29" s="12"/>
+    </row>
+    <row r="30" spans="1:7" s="8" customFormat="1" ht="23.1" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A30" s="7"/>
+      <c r="B30" s="7"/>
+      <c r="C30" s="7"/>
+      <c r="D30" s="7"/>
+      <c r="E30" s="7"/>
+      <c r="F30" s="7"/>
+      <c r="G30" s="7"/>
+    </row>
+    <row r="32" spans="1:7" s="9" customFormat="1" ht="22.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A32" s="6"/>
+      <c r="C32" s="6"/>
+      <c r="D32" s="6"/>
+      <c r="E32" s="6"/>
+      <c r="F32" s="6"/>
+      <c r="G32" s="1"/>
+    </row>
+    <row r="33" spans="1:7" s="9" customFormat="1" ht="22.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A33" s="6"/>
+      <c r="B33" s="6"/>
       <c r="C33" s="6"/>
       <c r="D33" s="6"/>
       <c r="E33" s="6"/>
       <c r="F33" s="6"/>
-      <c r="G33" s="1"/>
-[...1 lines deleted...]
-    <row r="34" spans="1:7" s="9" customFormat="1" ht="22.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="G33" s="6"/>
+    </row>
+    <row r="34" spans="1:7" s="9" customFormat="1" ht="22.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A34" s="6"/>
       <c r="B34" s="6"/>
       <c r="C34" s="6"/>
       <c r="D34" s="6"/>
       <c r="E34" s="6"/>
       <c r="F34" s="6"/>
       <c r="G34" s="6"/>
-    </row>
-[...7 lines deleted...]
-      <c r="G35" s="6"/>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A1:G1"/>
   </mergeCells>
   <printOptions horizontalCentered="1" verticalCentered="1"/>
   <pageMargins left="0.6" right="0.2" top="0.5" bottom="0.5" header="0.3" footer="0.3"/>
   <pageSetup scale="35" orientation="landscape" horizontalDpi="300" verticalDpi="300" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
-      <vt:lpstr>Spring</vt:lpstr>
-      <vt:lpstr>Spring!Print_Area</vt:lpstr>
+      <vt:lpstr>Spring 2026</vt:lpstr>
+      <vt:lpstr>'Spring 2026'!Print_Area</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>University at Buffalo</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Reitmeier, Matthew</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>